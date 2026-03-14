--- v0 (2025-12-15)
+++ v1 (2026-03-14)
@@ -9,56 +9,56 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
+    <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
-    <t>Oui</t>
+    <t>Yes</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Tournament Oriented</t>
   </si>
   <si>
     <t>Kyu (Coloured) Belt</t>
   </si>
   <si>
     <t>10:typeValue:14:8077</t>
   </si>
   <si>
     <t>10:typeValue-2:14</t>
   </si>
   <si>
     <t>10:typeValue:5:8076</t>
   </si>
   <si>
     <t>10:typeValue:0:8079</t>
   </si>
@@ -68,108 +68,102 @@
   <si>
     <t>10:typeValue:5:8081</t>
   </si>
   <si>
     <t>10:typeValue:5:8082</t>
   </si>
   <si>
     <t>10:typeValue:14:8083</t>
   </si>
   <si>
     <t>10:typeValue:3:8085</t>
   </si>
   <si>
     <t>10:typeValue:3:8086</t>
   </si>
   <si>
     <t>10:typeValue:3:8087</t>
   </si>
   <si>
     <t>10:age_category</t>
   </si>
   <si>
     <t>10:reg_event:1</t>
   </si>
   <si>
-    <t>Non</t>
-[...1 lines deleted...]
-  <si>
     <t>Coach</t>
-  </si>
-[...1 lines deleted...]
-    <t>Yes</t>
   </si>
   <si>
     <t>Club Oriented</t>
   </si>
   <si>
     <t>Black Belt</t>
   </si>
   <si>
-    <t>Inscription à l'événement - Karate Ontario</t>
+    <t>Event Registration - Karate Ontario</t>
   </si>
   <si>
     <t>Official</t>
   </si>
   <si>
     <t>E-mail for communications with OKF</t>
   </si>
   <si>
-    <t>Choisissez l'option de recevoir des courriels</t>
+    <t>Email Opt In</t>
   </si>
   <si>
     <t>Phone Number 2</t>
   </si>
   <si>
     <t>Parent/Guardian First Name</t>
   </si>
   <si>
     <t>Parent/Guardian Last Name</t>
   </si>
   <si>
     <t>Parent/Guardian Phone</t>
   </si>
   <si>
     <t>Parent/Guardian Phone 2</t>
   </si>
   <si>
     <t>Parent/Guardian Email</t>
   </si>
   <si>
     <t>Participation type(s)</t>
   </si>
   <si>
     <t>Para Athlete</t>
   </si>
   <si>
     <t>Elite Athlete</t>
   </si>
   <si>
-    <t>Catégorie</t>
+    <t>Category</t>
   </si>
   <si>
-    <t>Type d’adhésion #1</t>
+    <t>Membership type #1</t>
   </si>
   <si>
     <t>Volunteer</t>
   </si>
   <si>
     <t>Club Member</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -522,59 +516,59 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:DG1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="54" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="108" max="108" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="110" max="110" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="22" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:111" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>1</v>
       </c>
       <c r="DC1" t="s">
         <v>2</v>
@@ -614,74 +608,74 @@
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
       <c r="I2" t="s">
         <v>7</v>
       </c>
       <c r="J2" t="s">
         <v>14</v>
       </c>
       <c r="K2" t="s">
         <v>15</v>
       </c>
       <c r="L2" t="s">
         <v>16</v>
       </c>
       <c r="M2" t="s">
         <v>17</v>
       </c>
       <c r="N2" t="s">
         <v>18</v>
       </c>
       <c r="DA2" t="s">
+        <v>3</v>
+      </c>
+      <c r="DB2" t="s">
+        <v>3</v>
+      </c>
+      <c r="DC2" t="s">
         <v>19</v>
       </c>
-      <c r="DB2" t="s">
-[...2 lines deleted...]
-      <c r="DC2" t="s">
+      <c r="DD2" t="s">
+        <v>1</v>
+      </c>
+      <c r="DE2" t="s">
+        <v>1</v>
+      </c>
+      <c r="DF2" t="s">
         <v>20</v>
       </c>
-      <c r="DD2" t="s">
+      <c r="DG2" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:111">
       <c r="A3" s="2" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
@@ -743,95 +737,95 @@
       <c r="CC3" s="2"/>
       <c r="CD3" s="2"/>
       <c r="CE3" s="2"/>
       <c r="CF3" s="2"/>
       <c r="CG3" s="2"/>
       <c r="CH3" s="2"/>
       <c r="CI3" s="2"/>
       <c r="CJ3" s="2"/>
       <c r="CK3" s="2"/>
       <c r="CL3" s="2"/>
       <c r="CM3" s="2"/>
       <c r="CN3" s="2"/>
       <c r="CO3" s="2"/>
       <c r="CP3" s="2"/>
       <c r="CQ3" s="2"/>
       <c r="CR3" s="2"/>
       <c r="CS3" s="2"/>
       <c r="CT3" s="2"/>
       <c r="CU3" s="2"/>
       <c r="CV3" s="2"/>
       <c r="CW3" s="2"/>
       <c r="CX3" s="2"/>
       <c r="CY3" s="2"/>
       <c r="CZ3" s="2"/>
       <c r="DC3" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:111">
       <c r="A4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="I4" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="J4" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="K4" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="I4" s="3" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="3" t="s">
+      <c r="L4" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="K4" s="3" t="s">
+      <c r="M4" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="L4" s="3" t="s">
+      <c r="N4" s="3" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
       <c r="S4" s="3"/>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
       <c r="Z4" s="3"/>
       <c r="AA4" s="3"/>
       <c r="AB4" s="3"/>
       <c r="AC4" s="3"/>
       <c r="AD4" s="3"/>
       <c r="AE4" s="3"/>
       <c r="AF4" s="3"/>
       <c r="AG4" s="3"/>
       <c r="AH4" s="3"/>
       <c r="AI4" s="3"/>
       <c r="AJ4" s="3"/>
       <c r="AK4" s="3"/>
       <c r="AL4" s="3"/>
@@ -880,8027 +874,8027 @@
       <c r="CC4" s="3"/>
       <c r="CD4" s="3"/>
       <c r="CE4" s="3"/>
       <c r="CF4" s="3"/>
       <c r="CG4" s="3"/>
       <c r="CH4" s="3"/>
       <c r="CI4" s="3"/>
       <c r="CJ4" s="3"/>
       <c r="CK4" s="3"/>
       <c r="CL4" s="3"/>
       <c r="CM4" s="3"/>
       <c r="CN4" s="3"/>
       <c r="CO4" s="3"/>
       <c r="CP4" s="3"/>
       <c r="CQ4" s="3"/>
       <c r="CR4" s="3"/>
       <c r="CS4" s="3"/>
       <c r="CT4" s="3"/>
       <c r="CU4" s="3"/>
       <c r="CV4" s="3"/>
       <c r="CW4" s="3"/>
       <c r="CX4" s="3"/>
       <c r="CY4" s="3"/>
       <c r="CZ4" s="3"/>
       <c r="DC4" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:111">
       <c r="B5" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I5" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="DC5" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:111">
       <c r="B6" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I6" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:111">
       <c r="B7" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I7" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:111">
       <c r="B8" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I8" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:111">
       <c r="B9" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I9" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:111">
       <c r="B10" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I10" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:111">
       <c r="B11" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I11" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:111">
       <c r="B12" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I12" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:111">
       <c r="B13" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I13" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:111">
       <c r="B14" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I14" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:111">
       <c r="B15" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I15" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:111">
       <c r="B16" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I16" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:111">
       <c r="B17" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I17" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:111">
       <c r="B18" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I18" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:111">
       <c r="B19" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I19" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:111">
       <c r="B20" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I20" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:111">
       <c r="B21" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I21" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:111">
       <c r="B22" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I22" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:111">
       <c r="B23" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I23" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:111">
       <c r="B24" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I24" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:111">
       <c r="B25" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I25" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:111">
       <c r="B26" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I26" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:111">
       <c r="B27" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I27" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:111">
       <c r="B28" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I28" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:111">
       <c r="B29" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I29" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:111">
       <c r="B30" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I30" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:111">
       <c r="B31" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I31" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:111">
       <c r="B32" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I32" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:111">
       <c r="B33" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I33" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:111">
       <c r="B34" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I34" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:111">
       <c r="B35" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I35" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:111">
       <c r="B36" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I36" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:111">
       <c r="B37" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I37" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:111">
       <c r="B38" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I38" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:111">
       <c r="B39" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I39" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:111">
       <c r="B40" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I40" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:111">
       <c r="B41" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I41" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:111">
       <c r="B42" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I42" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:111">
       <c r="B43" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I43" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:111">
       <c r="B44" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I44" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:111">
       <c r="B45" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I45" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:111">
       <c r="B46" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I46" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:111">
       <c r="B47" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I47" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:111">
       <c r="B48" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I48" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:111">
       <c r="B49" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I49" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:111">
       <c r="B50" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I50" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:111">
       <c r="B51" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I51" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:111">
       <c r="B52" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I52" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:111">
       <c r="B53" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I53" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:111">
       <c r="B54" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I54" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:111">
       <c r="B55" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I55" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:111">
       <c r="B56" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I56" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:111">
       <c r="B57" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I57" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:111">
       <c r="B58" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I58" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:111">
       <c r="B59" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I59" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:111">
       <c r="B60" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I60" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:111">
       <c r="B61" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I61" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:111">
       <c r="B62" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I62" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:111">
       <c r="B63" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I63" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:111">
       <c r="B64" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I64" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:111">
       <c r="B65" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I65" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:111">
       <c r="B66" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I66" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:111">
       <c r="B67" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I67" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:111">
       <c r="B68" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I68" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:111">
       <c r="B69" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I69" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:111">
       <c r="B70" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I70" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:111">
       <c r="B71" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I71" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:111">
       <c r="B72" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I72" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:111">
       <c r="B73" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I73" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:111">
       <c r="B74" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I74" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:111">
       <c r="B75" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I75" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:111">
       <c r="B76" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I76" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:111">
       <c r="B77" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I77" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:111">
       <c r="B78" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I78" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:111">
       <c r="B79" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I79" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:111">
       <c r="B80" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I80" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:111">
       <c r="B81" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I81" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:111">
       <c r="B82" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I82" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:111">
       <c r="B83" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I83" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:111">
       <c r="B84" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I84" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:111">
       <c r="B85" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I85" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:111">
       <c r="B86" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I86" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:111">
       <c r="B87" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I87" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:111">
       <c r="B88" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I88" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:111">
       <c r="B89" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I89" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:111">
       <c r="B90" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I90" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:111">
       <c r="B91" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I91" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:111">
       <c r="B92" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I92" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:111">
       <c r="B93" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I93" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:111">
       <c r="B94" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I94" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:111">
       <c r="B95" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I95" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:111">
       <c r="B96" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I96" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:111">
       <c r="B97" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I97" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:111">
       <c r="B98" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I98" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:111">
       <c r="B99" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I99" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:111">
       <c r="B100" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I100" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:111">
       <c r="B101" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I101" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:111">
       <c r="B102" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I102" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:111">
       <c r="B103" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I103" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:111">
       <c r="B104" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I104" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:111">
       <c r="B105" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I105" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:111">
       <c r="B106" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I106" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:111">
       <c r="B107" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I107" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:111">
       <c r="B108" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I108" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:111">
       <c r="B109" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I109" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:111">
       <c r="B110" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I110" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:111">
       <c r="B111" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I111" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:111">
       <c r="B112" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I112" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:111">
       <c r="B113" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I113" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:111">
       <c r="B114" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I114" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:111">
       <c r="B115" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I115" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:111">
       <c r="B116" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I116" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:111">
       <c r="B117" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I117" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:111">
       <c r="B118" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I118" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:111">
       <c r="B119" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I119" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:111">
       <c r="B120" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I120" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:111">
       <c r="B121" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I121" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:111">
       <c r="B122" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I122" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:111">
       <c r="B123" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I123" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:111">
       <c r="B124" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I124" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:111">
       <c r="B125" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I125" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:111">
       <c r="B126" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I126" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:111">
       <c r="B127" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I127" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:111">
       <c r="B128" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I128" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:111">
       <c r="B129" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I129" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:111">
       <c r="B130" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I130" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:111">
       <c r="B131" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I131" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:111">
       <c r="B132" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I132" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:111">
       <c r="B133" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I133" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:111">
       <c r="B134" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I134" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:111">
       <c r="B135" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I135" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:111">
       <c r="B136" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I136" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:111">
       <c r="B137" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I137" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:111">
       <c r="B138" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I138" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:111">
       <c r="B139" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I139" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:111">
       <c r="B140" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I140" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:111">
       <c r="B141" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I141" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:111">
       <c r="B142" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I142" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:111">
       <c r="B143" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I143" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:111">
       <c r="B144" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I144" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:111">
       <c r="B145" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I145" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:111">
       <c r="B146" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I146" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:111">
       <c r="B147" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I147" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:111">
       <c r="B148" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I148" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:111">
       <c r="B149" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I149" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:111">
       <c r="B150" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I150" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:111">
       <c r="B151" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I151" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:111">
       <c r="B152" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I152" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:111">
       <c r="B153" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I153" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:111">
       <c r="B154" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I154" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:111">
       <c r="B155" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I155" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:111">
       <c r="B156" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I156" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:111">
       <c r="B157" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I157" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:111">
       <c r="B158" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I158" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:111">
       <c r="B159" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I159" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:111">
       <c r="B160" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I160" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:111">
       <c r="B161" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I161" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:111">
       <c r="B162" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I162" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:111">
       <c r="B163" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I163" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:111">
       <c r="B164" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I164" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:111">
       <c r="B165" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I165" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:111">
       <c r="B166" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I166" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:111">
       <c r="B167" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I167" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:111">
       <c r="B168" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I168" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:111">
       <c r="B169" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I169" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:111">
       <c r="B170" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I170" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:111">
       <c r="B171" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I171" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:111">
       <c r="B172" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I172" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:111">
       <c r="B173" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I173" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:111">
       <c r="B174" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I174" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:111">
       <c r="B175" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I175" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:111">
       <c r="B176" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I176" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:111">
       <c r="B177" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I177" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:111">
       <c r="B178" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I178" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:111">
       <c r="B179" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I179" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:111">
       <c r="B180" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I180" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:111">
       <c r="B181" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I181" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:111">
       <c r="B182" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I182" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:111">
       <c r="B183" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I183" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:111">
       <c r="B184" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I184" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:111">
       <c r="B185" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I185" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:111">
       <c r="B186" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I186" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:111">
       <c r="B187" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I187" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:111">
       <c r="B188" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I188" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:111">
       <c r="B189" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I189" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:111">
       <c r="B190" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I190" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:111">
       <c r="B191" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I191" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:111">
       <c r="B192" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I192" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:111">
       <c r="B193" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I193" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:111">
       <c r="B194" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I194" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:111">
       <c r="B195" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I195" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:111">
       <c r="B196" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I196" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:111">
       <c r="B197" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I197" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:111">
       <c r="B198" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I198" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:111">
       <c r="B199" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I199" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:111">
       <c r="B200" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I200" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:111">
       <c r="B201" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I201" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:111">
       <c r="B202" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I202" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:111">
       <c r="B203" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I203" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:111">
       <c r="B204" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I204" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:111">
       <c r="B205" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I205" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:111">
       <c r="B206" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I206" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:111">
       <c r="B207" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I207" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:111">
       <c r="B208" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I208" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:111">
       <c r="B209" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I209" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:111">
       <c r="B210" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I210" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:111">
       <c r="B211" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I211" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:111">
       <c r="B212" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I212" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:111">
       <c r="B213" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I213" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:111">
       <c r="B214" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I214" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:111">
       <c r="B215" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I215" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:111">
       <c r="B216" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I216" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:111">
       <c r="B217" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I217" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:111">
       <c r="B218" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I218" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:111">
       <c r="B219" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I219" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:111">
       <c r="B220" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I220" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:111">
       <c r="B221" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I221" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:111">
       <c r="B222" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I222" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:111">
       <c r="B223" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I223" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:111">
       <c r="B224" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I224" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:111">
       <c r="B225" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I225" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:111">
       <c r="B226" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I226" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:111">
       <c r="B227" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I227" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:111">
       <c r="B228" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I228" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:111">
       <c r="B229" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I229" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:111">
       <c r="B230" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I230" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:111">
       <c r="B231" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I231" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:111">
       <c r="B232" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I232" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:111">
       <c r="B233" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I233" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:111">
       <c r="B234" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I234" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:111">
       <c r="B235" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I235" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:111">
       <c r="B236" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I236" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:111">
       <c r="B237" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I237" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:111">
       <c r="B238" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I238" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:111">
       <c r="B239" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I239" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:111">
       <c r="B240" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I240" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:111">
       <c r="B241" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I241" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:111">
       <c r="B242" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I242" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:111">
       <c r="B243" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I243" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:111">
       <c r="B244" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I244" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:111">
       <c r="B245" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I245" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:111">
       <c r="B246" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I246" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:111">
       <c r="B247" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I247" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:111">
       <c r="B248" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I248" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:111">
       <c r="B249" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I249" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:111">
       <c r="B250" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I250" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:111">
       <c r="B251" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I251" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:111">
       <c r="B252" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I252" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:111">
       <c r="B253" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I253" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:111">
       <c r="B254" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I254" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:111">
       <c r="B255" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I255" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:111">
       <c r="B256" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I256" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:111">
       <c r="B257" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I257" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:111">
       <c r="B258" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I258" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:111">
       <c r="B259" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I259" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:111">
       <c r="B260" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I260" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:111">
       <c r="B261" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I261" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:111">
       <c r="B262" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I262" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:111">
       <c r="B263" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I263" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:111">
       <c r="B264" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I264" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:111">
       <c r="B265" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I265" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:111">
       <c r="B266" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I266" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:111">
       <c r="B267" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I267" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:111">
       <c r="B268" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I268" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:111">
       <c r="B269" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I269" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:111">
       <c r="B270" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I270" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:111">
       <c r="B271" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I271" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:111">
       <c r="B272" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I272" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:111">
       <c r="B273" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I273" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:111">
       <c r="B274" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I274" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:111">
       <c r="B275" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I275" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:111">
       <c r="B276" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I276" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:111">
       <c r="B277" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I277" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:111">
       <c r="B278" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I278" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:111">
       <c r="B279" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I279" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:111">
       <c r="B280" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I280" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:111">
       <c r="B281" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I281" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:111">
       <c r="B282" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I282" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:111">
       <c r="B283" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I283" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:111">
       <c r="B284" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I284" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:111">
       <c r="B285" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I285" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:111">
       <c r="B286" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I286" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:111">
       <c r="B287" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I287" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:111">
       <c r="B288" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I288" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:111">
       <c r="B289" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I289" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:111">
       <c r="B290" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I290" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:111">
       <c r="B291" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I291" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:111">
       <c r="B292" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I292" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:111">
       <c r="B293" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I293" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:111">
       <c r="B294" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I294" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:111">
       <c r="B295" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I295" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:111">
       <c r="B296" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I296" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:111">
       <c r="B297" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I297" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:111">
       <c r="B298" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I298" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:111">
       <c r="B299" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I299" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:111">
       <c r="B300" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I300" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:111">
       <c r="B301" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I301" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:111">
       <c r="B302" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I302" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:111">
       <c r="B303" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I303" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:111">
       <c r="B304" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I304" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:111">
       <c r="B305" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I305" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:111">
       <c r="B306" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I306" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:111">
       <c r="B307" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I307" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:111">
       <c r="B308" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I308" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:111">
       <c r="B309" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I309" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:111">
       <c r="B310" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I310" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:111">
       <c r="B311" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I311" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:111">
       <c r="B312" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I312" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:111">
       <c r="B313" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I313" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:111">
       <c r="B314" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I314" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:111">
       <c r="B315" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I315" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:111">
       <c r="B316" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I316" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:111">
       <c r="B317" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I317" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:111">
       <c r="B318" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I318" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:111">
       <c r="B319" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I319" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:111">
       <c r="B320" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I320" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:111">
       <c r="B321" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I321" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:111">
       <c r="B322" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I322" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:111">
       <c r="B323" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I323" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:111">
       <c r="B324" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I324" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:111">
       <c r="B325" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I325" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:111">
       <c r="B326" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I326" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:111">
       <c r="B327" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I327" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:111">
       <c r="B328" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I328" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:111">
       <c r="B329" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I329" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:111">
       <c r="B330" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I330" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:111">
       <c r="B331" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I331" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:111">
       <c r="B332" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I332" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:111">
       <c r="B333" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I333" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:111">
       <c r="B334" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I334" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:111">
       <c r="B335" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I335" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:111">
       <c r="B336" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I336" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:111">
       <c r="B337" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I337" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:111">
       <c r="B338" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I338" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:111">
       <c r="B339" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I339" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:111">
       <c r="B340" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I340" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:111">
       <c r="B341" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I341" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:111">
       <c r="B342" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I342" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:111">
       <c r="B343" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I343" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:111">
       <c r="B344" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I344" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:111">
       <c r="B345" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I345" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:111">
       <c r="B346" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I346" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:111">
       <c r="B347" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I347" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:111">
       <c r="B348" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I348" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:111">
       <c r="B349" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I349" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:111">
       <c r="B350" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I350" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:111">
       <c r="B351" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I351" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:111">
       <c r="B352" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I352" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:111">
       <c r="B353" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I353" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:111">
       <c r="B354" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I354" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:111">
       <c r="B355" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I355" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:111">
       <c r="B356" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I356" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:111">
       <c r="B357" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I357" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:111">
       <c r="B358" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I358" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:111">
       <c r="B359" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I359" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:111">
       <c r="B360" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I360" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:111">
       <c r="B361" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I361" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:111">
       <c r="B362" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I362" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:111">
       <c r="B363" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I363" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:111">
       <c r="B364" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I364" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:111">
       <c r="B365" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I365" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:111">
       <c r="B366" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I366" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:111">
       <c r="B367" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I367" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:111">
       <c r="B368" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I368" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:111">
       <c r="B369" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I369" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:111">
       <c r="B370" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I370" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:111">
       <c r="B371" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I371" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:111">
       <c r="B372" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I372" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:111">
       <c r="B373" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I373" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:111">
       <c r="B374" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I374" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:111">
       <c r="B375" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I375" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:111">
       <c r="B376" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I376" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:111">
       <c r="B377" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I377" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:111">
       <c r="B378" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I378" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:111">
       <c r="B379" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I379" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:111">
       <c r="B380" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I380" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:111">
       <c r="B381" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I381" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:111">
       <c r="B382" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I382" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:111">
       <c r="B383" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I383" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:111">
       <c r="B384" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I384" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:111">
       <c r="B385" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I385" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:111">
       <c r="B386" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I386" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:111">
       <c r="B387" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I387" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:111">
       <c r="B388" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I388" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:111">
       <c r="B389" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I389" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:111">
       <c r="B390" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I390" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:111">
       <c r="B391" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I391" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:111">
       <c r="B392" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I392" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:111">
       <c r="B393" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I393" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:111">
       <c r="B394" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I394" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:111">
       <c r="B395" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I395" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:111">
       <c r="B396" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I396" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:111">
       <c r="B397" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I397" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:111">
       <c r="B398" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I398" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:111">
       <c r="B399" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I399" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:111">
       <c r="B400" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I400" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:111">
       <c r="B401" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I401" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:111">
       <c r="B402" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I402" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:111">
       <c r="B403" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I403" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:111">
       <c r="B404" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I404" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:111">
       <c r="B405" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I405" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:111">
       <c r="B406" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I406" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:111">
       <c r="B407" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I407" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:111">
       <c r="B408" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I408" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:111">
       <c r="B409" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I409" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:111">
       <c r="B410" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I410" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:111">
       <c r="B411" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I411" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:111">
       <c r="B412" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I412" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:111">
       <c r="B413" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I413" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:111">
       <c r="B414" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I414" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:111">
       <c r="B415" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I415" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:111">
       <c r="B416" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I416" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:111">
       <c r="B417" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I417" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:111">
       <c r="B418" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I418" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:111">
       <c r="B419" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I419" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:111">
       <c r="B420" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I420" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:111">
       <c r="B421" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I421" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:111">
       <c r="B422" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I422" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:111">
       <c r="B423" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I423" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:111">
       <c r="B424" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I424" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:111">
       <c r="B425" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I425" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:111">
       <c r="B426" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I426" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:111">
       <c r="B427" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I427" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:111">
       <c r="B428" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I428" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:111">
       <c r="B429" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I429" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:111">
       <c r="B430" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I430" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:111">
       <c r="B431" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I431" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:111">
       <c r="B432" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I432" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:111">
       <c r="B433" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I433" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:111">
       <c r="B434" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I434" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="435" spans="1:111">
       <c r="B435" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I435" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:111">
       <c r="B436" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I436" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:111">
       <c r="B437" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I437" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:111">
       <c r="B438" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I438" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:111">
       <c r="B439" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I439" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:111">
       <c r="B440" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I440" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:111">
       <c r="B441" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I441" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:111">
       <c r="B442" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I442" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:111">
       <c r="B443" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I443" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:111">
       <c r="B444" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I444" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="445" spans="1:111">
       <c r="B445" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I445" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:111">
       <c r="B446" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I446" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:111">
       <c r="B447" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I447" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:111">
       <c r="B448" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I448" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:111">
       <c r="B449" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I449" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:111">
       <c r="B450" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I450" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:111">
       <c r="B451" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I451" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:111">
       <c r="B452" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I452" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:111">
       <c r="B453" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I453" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:111">
       <c r="B454" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I454" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:111">
       <c r="B455" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I455" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:111">
       <c r="B456" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I456" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:111">
       <c r="B457" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I457" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:111">
       <c r="B458" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I458" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:111">
       <c r="B459" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I459" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:111">
       <c r="B460" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I460" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:111">
       <c r="B461" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I461" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:111">
       <c r="B462" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I462" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:111">
       <c r="B463" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I463" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:111">
       <c r="B464" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I464" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:111">
       <c r="B465" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I465" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:111">
       <c r="B466" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I466" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:111">
       <c r="B467" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I467" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:111">
       <c r="B468" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I468" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:111">
       <c r="B469" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I469" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:111">
       <c r="B470" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I470" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:111">
       <c r="B471" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I471" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:111">
       <c r="B472" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I472" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:111">
       <c r="B473" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I473" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:111">
       <c r="B474" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I474" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:111">
       <c r="B475" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I475" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:111">
       <c r="B476" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I476" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:111">
       <c r="B477" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I477" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:111">
       <c r="B478" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I478" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:111">
       <c r="B479" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I479" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:111">
       <c r="B480" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I480" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:111">
       <c r="B481" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I481" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:111">
       <c r="B482" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I482" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:111">
       <c r="B483" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I483" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:111">
       <c r="B484" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I484" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:111">
       <c r="B485" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I485" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:111">
       <c r="B486" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I486" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:111">
       <c r="B487" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I487" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:111">
       <c r="B488" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I488" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:111">
       <c r="B489" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I489" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:111">
       <c r="B490" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I490" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:111">
       <c r="B491" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I491" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:111">
       <c r="B492" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I492" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:111">
       <c r="B493" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I493" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:111">
       <c r="B494" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I494" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:111">
       <c r="B495" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I495" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:111">
       <c r="B496" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I496" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:111">
       <c r="B497" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I497" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:111">
       <c r="B498" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I498" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:111">
       <c r="B499" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I499" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:111">
       <c r="B500" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I500" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:111">
       <c r="B501" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I501" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:111">
       <c r="B502" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I502" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:111">
       <c r="B503" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I503" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:111">
       <c r="B504" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I504" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:111">
       <c r="B505" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I505" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:111">
       <c r="B506" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I506" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:111">
       <c r="B507" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I507" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:111">
       <c r="B508" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I508" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:111">
       <c r="B509" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I509" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:111">
       <c r="B510" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I510" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:111">
       <c r="B511" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I511" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:111">
       <c r="B512" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I512" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:111">
       <c r="B513" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I513" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:111">
       <c r="B514" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I514" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:111">
       <c r="B515" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I515" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:111">
       <c r="B516" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I516" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:111">
       <c r="B517" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I517" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:111">
       <c r="B518" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I518" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:111">
       <c r="B519" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I519" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:111">
       <c r="B520" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I520" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="521" spans="1:111">
       <c r="B521" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I521" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:111">
       <c r="B522" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I522" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:111">
       <c r="B523" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I523" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:111">
       <c r="B524" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I524" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:111">
       <c r="B525" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I525" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:111">
       <c r="B526" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I526" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:111">
       <c r="B527" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I527" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:111">
       <c r="B528" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I528" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:111">
       <c r="B529" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I529" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:111">
       <c r="B530" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I530" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:111">
       <c r="B531" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I531" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:111">
       <c r="B532" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I532" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:111">
       <c r="B533" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I533" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:111">
       <c r="B534" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I534" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:111">
       <c r="B535" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I535" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:111">
       <c r="B536" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I536" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:111">
       <c r="B537" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I537" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:111">
       <c r="B538" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I538" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:111">
       <c r="B539" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I539" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:111">
       <c r="B540" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I540" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="541" spans="1:111">
       <c r="B541" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I541" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:111">
       <c r="B542" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I542" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:111">
       <c r="B543" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I543" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:111">
       <c r="B544" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I544" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:111">
       <c r="B545" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I545" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:111">
       <c r="B546" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I546" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:111">
       <c r="B547" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I547" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:111">
       <c r="B548" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I548" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:111">
       <c r="B549" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I549" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:111">
       <c r="B550" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I550" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:111">
       <c r="B551" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I551" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="552" spans="1:111">
       <c r="B552" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I552" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="553" spans="1:111">
       <c r="B553" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I553" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="554" spans="1:111">
       <c r="B554" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I554" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:111">
       <c r="B555" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I555" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="556" spans="1:111">
       <c r="B556" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I556" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:111">
       <c r="B557" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I557" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="558" spans="1:111">
       <c r="B558" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I558" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="559" spans="1:111">
       <c r="B559" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I559" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="560" spans="1:111">
       <c r="B560" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I560" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="561" spans="1:111">
       <c r="B561" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I561" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="562" spans="1:111">
       <c r="B562" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I562" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="563" spans="1:111">
       <c r="B563" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I563" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:111">
       <c r="B564" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I564" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="565" spans="1:111">
       <c r="B565" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I565" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:111">
       <c r="B566" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I566" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:111">
       <c r="B567" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I567" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:111">
       <c r="B568" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I568" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:111">
       <c r="B569" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I569" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="570" spans="1:111">
       <c r="B570" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I570" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="571" spans="1:111">
       <c r="B571" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I571" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="572" spans="1:111">
       <c r="B572" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I572" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="573" spans="1:111">
       <c r="B573" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I573" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="574" spans="1:111">
       <c r="B574" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I574" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="575" spans="1:111">
       <c r="B575" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I575" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="576" spans="1:111">
       <c r="B576" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I576" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="577" spans="1:111">
       <c r="B577" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I577" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="578" spans="1:111">
       <c r="B578" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I578" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="579" spans="1:111">
       <c r="B579" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I579" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="580" spans="1:111">
       <c r="B580" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I580" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="581" spans="1:111">
       <c r="B581" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I581" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="582" spans="1:111">
       <c r="B582" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I582" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="583" spans="1:111">
       <c r="B583" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I583" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="584" spans="1:111">
       <c r="B584" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I584" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:111">
       <c r="B585" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I585" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="586" spans="1:111">
       <c r="B586" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I586" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="587" spans="1:111">
       <c r="B587" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I587" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:111">
       <c r="B588" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I588" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="589" spans="1:111">
       <c r="B589" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I589" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="590" spans="1:111">
       <c r="B590" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I590" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="591" spans="1:111">
       <c r="B591" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I591" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="592" spans="1:111">
       <c r="B592" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I592" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="593" spans="1:111">
       <c r="B593" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I593" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="594" spans="1:111">
       <c r="B594" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I594" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:111">
       <c r="B595" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I595" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:111">
       <c r="B596" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I596" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="597" spans="1:111">
       <c r="B597" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I597" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="598" spans="1:111">
       <c r="B598" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I598" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="599" spans="1:111">
       <c r="B599" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I599" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="600" spans="1:111">
       <c r="B600" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I600" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="601" spans="1:111">
       <c r="B601" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I601" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:111">
       <c r="B602" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I602" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="603" spans="1:111">
       <c r="B603" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I603" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="604" spans="1:111">
       <c r="B604" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I604" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="605" spans="1:111">
       <c r="B605" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I605" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="606" spans="1:111">
       <c r="B606" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I606" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:111">
       <c r="B607" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I607" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="608" spans="1:111">
       <c r="B608" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I608" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="609" spans="1:111">
       <c r="B609" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I609" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="610" spans="1:111">
       <c r="B610" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I610" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:111">
       <c r="B611" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I611" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="612" spans="1:111">
       <c r="B612" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I612" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:111">
       <c r="B613" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I613" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="614" spans="1:111">
       <c r="B614" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I614" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="615" spans="1:111">
       <c r="B615" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I615" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="616" spans="1:111">
       <c r="B616" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I616" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="617" spans="1:111">
       <c r="B617" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I617" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="618" spans="1:111">
       <c r="B618" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I618" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="619" spans="1:111">
       <c r="B619" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I619" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="620" spans="1:111">
       <c r="B620" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I620" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="621" spans="1:111">
       <c r="B621" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I621" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="622" spans="1:111">
       <c r="B622" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I622" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="623" spans="1:111">
       <c r="B623" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I623" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="624" spans="1:111">
       <c r="B624" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I624" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="625" spans="1:111">
       <c r="B625" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I625" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="626" spans="1:111">
       <c r="B626" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I626" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="627" spans="1:111">
       <c r="B627" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I627" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="628" spans="1:111">
       <c r="B628" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I628" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="629" spans="1:111">
       <c r="B629" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I629" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="630" spans="1:111">
       <c r="B630" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I630" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="631" spans="1:111">
       <c r="B631" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I631" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="632" spans="1:111">
       <c r="B632" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I632" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="633" spans="1:111">
       <c r="B633" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I633" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="634" spans="1:111">
       <c r="B634" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I634" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="635" spans="1:111">
       <c r="B635" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I635" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="636" spans="1:111">
       <c r="B636" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I636" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="637" spans="1:111">
       <c r="B637" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I637" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="638" spans="1:111">
       <c r="B638" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I638" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="639" spans="1:111">
       <c r="B639" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I639" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="640" spans="1:111">
       <c r="B640" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I640" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="641" spans="1:111">
       <c r="B641" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I641" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="642" spans="1:111">
       <c r="B642" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I642" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="643" spans="1:111">
       <c r="B643" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I643" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="644" spans="1:111">
       <c r="B644" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I644" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="645" spans="1:111">
       <c r="B645" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I645" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="646" spans="1:111">
       <c r="B646" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I646" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="647" spans="1:111">
       <c r="B647" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I647" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="648" spans="1:111">
       <c r="B648" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I648" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="649" spans="1:111">
       <c r="B649" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I649" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="650" spans="1:111">
       <c r="B650" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I650" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="651" spans="1:111">
       <c r="B651" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I651" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="652" spans="1:111">
       <c r="B652" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I652" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="653" spans="1:111">
       <c r="B653" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I653" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="654" spans="1:111">
       <c r="B654" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I654" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="655" spans="1:111">
       <c r="B655" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I655" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="656" spans="1:111">
       <c r="B656" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I656" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="657" spans="1:111">
       <c r="B657" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I657" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="658" spans="1:111">
       <c r="B658" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I658" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="659" spans="1:111">
       <c r="B659" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I659" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="660" spans="1:111">
       <c r="B660" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I660" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="661" spans="1:111">
       <c r="B661" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I661" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="662" spans="1:111">
       <c r="B662" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I662" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="663" spans="1:111">
       <c r="B663" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I663" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="664" spans="1:111">
       <c r="B664" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I664" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="665" spans="1:111">
       <c r="B665" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I665" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="666" spans="1:111">
       <c r="B666" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I666" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="667" spans="1:111">
       <c r="B667" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I667" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="668" spans="1:111">
       <c r="B668" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I668" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="669" spans="1:111">
       <c r="B669" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I669" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="670" spans="1:111">
       <c r="B670" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I670" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="671" spans="1:111">
       <c r="B671" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I671" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="672" spans="1:111">
       <c r="B672" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I672" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="673" spans="1:111">
       <c r="B673" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I673" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="674" spans="1:111">
       <c r="B674" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I674" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="675" spans="1:111">
       <c r="B675" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I675" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="676" spans="1:111">
       <c r="B676" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I676" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="677" spans="1:111">
       <c r="B677" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I677" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="678" spans="1:111">
       <c r="B678" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I678" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="679" spans="1:111">
       <c r="B679" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I679" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="680" spans="1:111">
       <c r="B680" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I680" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="681" spans="1:111">
       <c r="B681" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I681" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="682" spans="1:111">
       <c r="B682" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I682" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="683" spans="1:111">
       <c r="B683" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I683" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="684" spans="1:111">
       <c r="B684" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I684" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="685" spans="1:111">
       <c r="B685" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I685" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="686" spans="1:111">
       <c r="B686" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I686" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="687" spans="1:111">
       <c r="B687" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I687" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="688" spans="1:111">
       <c r="B688" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I688" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:111">
       <c r="B689" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I689" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="690" spans="1:111">
       <c r="B690" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I690" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="691" spans="1:111">
       <c r="B691" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I691" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="692" spans="1:111">
       <c r="B692" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I692" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="693" spans="1:111">
       <c r="B693" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I693" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="694" spans="1:111">
       <c r="B694" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I694" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="695" spans="1:111">
       <c r="B695" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I695" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="696" spans="1:111">
       <c r="B696" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I696" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="697" spans="1:111">
       <c r="B697" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I697" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="698" spans="1:111">
       <c r="B698" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I698" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="699" spans="1:111">
       <c r="B699" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I699" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="700" spans="1:111">
       <c r="B700" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I700" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="701" spans="1:111">
       <c r="B701" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I701" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="702" spans="1:111">
       <c r="B702" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I702" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="703" spans="1:111">
       <c r="B703" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I703" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="704" spans="1:111">
       <c r="B704" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I704" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="705" spans="1:111">
       <c r="B705" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I705" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="706" spans="1:111">
       <c r="B706" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I706" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="707" spans="1:111">
       <c r="B707" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I707" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="708" spans="1:111">
       <c r="B708" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I708" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="709" spans="1:111">
       <c r="B709" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I709" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="710" spans="1:111">
       <c r="B710" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I710" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="711" spans="1:111">
       <c r="B711" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I711" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="712" spans="1:111">
       <c r="B712" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I712" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="713" spans="1:111">
       <c r="B713" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I713" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="714" spans="1:111">
       <c r="B714" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I714" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="715" spans="1:111">
       <c r="B715" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I715" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="716" spans="1:111">
       <c r="B716" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I716" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="717" spans="1:111">
       <c r="B717" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I717" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="718" spans="1:111">
       <c r="B718" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I718" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="719" spans="1:111">
       <c r="B719" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I719" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="720" spans="1:111">
       <c r="B720" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I720" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="721" spans="1:111">
       <c r="B721" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I721" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="722" spans="1:111">
       <c r="B722" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I722" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="723" spans="1:111">
       <c r="B723" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I723" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="724" spans="1:111">
       <c r="B724" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I724" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="725" spans="1:111">
       <c r="B725" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I725" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="726" spans="1:111">
       <c r="B726" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I726" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="727" spans="1:111">
       <c r="B727" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I727" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="728" spans="1:111">
       <c r="B728" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I728" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="729" spans="1:111">
       <c r="B729" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I729" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="730" spans="1:111">
       <c r="B730" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I730" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="731" spans="1:111">
       <c r="B731" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I731" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="732" spans="1:111">
       <c r="B732" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I732" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="733" spans="1:111">
       <c r="B733" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I733" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="734" spans="1:111">
       <c r="B734" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I734" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="735" spans="1:111">
       <c r="B735" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I735" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="736" spans="1:111">
       <c r="B736" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I736" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="737" spans="1:111">
       <c r="B737" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I737" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="738" spans="1:111">
       <c r="B738" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I738" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="739" spans="1:111">
       <c r="B739" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I739" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="740" spans="1:111">
       <c r="B740" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I740" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="741" spans="1:111">
       <c r="B741" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I741" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="742" spans="1:111">
       <c r="B742" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I742" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="743" spans="1:111">
       <c r="B743" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I743" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="744" spans="1:111">
       <c r="B744" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I744" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:111">
       <c r="B745" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I745" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="746" spans="1:111">
       <c r="B746" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I746" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="747" spans="1:111">
       <c r="B747" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I747" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="748" spans="1:111">
       <c r="B748" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I748" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="749" spans="1:111">
       <c r="B749" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I749" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="750" spans="1:111">
       <c r="B750" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I750" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="751" spans="1:111">
       <c r="B751" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I751" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="752" spans="1:111">
       <c r="B752" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I752" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="753" spans="1:111">
       <c r="B753" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I753" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="754" spans="1:111">
       <c r="B754" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I754" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="755" spans="1:111">
       <c r="B755" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I755" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="756" spans="1:111">
       <c r="B756" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I756" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="757" spans="1:111">
       <c r="B757" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I757" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="758" spans="1:111">
       <c r="B758" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I758" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="759" spans="1:111">
       <c r="B759" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I759" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="760" spans="1:111">
       <c r="B760" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I760" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="761" spans="1:111">
       <c r="B761" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I761" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="762" spans="1:111">
       <c r="B762" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I762" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="763" spans="1:111">
       <c r="B763" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I763" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:111">
       <c r="B764" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I764" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="765" spans="1:111">
       <c r="B765" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I765" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="766" spans="1:111">
       <c r="B766" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I766" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="767" spans="1:111">
       <c r="B767" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I767" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="768" spans="1:111">
       <c r="B768" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I768" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="769" spans="1:111">
       <c r="B769" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I769" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:111">
       <c r="B770" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I770" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="771" spans="1:111">
       <c r="B771" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I771" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="772" spans="1:111">
       <c r="B772" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I772" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="773" spans="1:111">
       <c r="B773" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I773" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="774" spans="1:111">
       <c r="B774" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I774" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="775" spans="1:111">
       <c r="B775" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I775" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="776" spans="1:111">
       <c r="B776" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I776" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="777" spans="1:111">
       <c r="B777" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I777" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="778" spans="1:111">
       <c r="B778" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I778" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="779" spans="1:111">
       <c r="B779" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I779" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="780" spans="1:111">
       <c r="B780" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I780" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="781" spans="1:111">
       <c r="B781" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I781" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="782" spans="1:111">
       <c r="B782" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I782" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="783" spans="1:111">
       <c r="B783" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I783" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="784" spans="1:111">
       <c r="B784" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I784" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="785" spans="1:111">
       <c r="B785" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I785" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="786" spans="1:111">
       <c r="B786" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I786" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="787" spans="1:111">
       <c r="B787" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I787" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="788" spans="1:111">
       <c r="B788" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I788" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="789" spans="1:111">
       <c r="B789" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I789" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="790" spans="1:111">
       <c r="B790" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I790" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="791" spans="1:111">
       <c r="B791" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I791" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="792" spans="1:111">
       <c r="B792" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I792" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="793" spans="1:111">
       <c r="B793" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I793" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="794" spans="1:111">
       <c r="B794" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I794" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="795" spans="1:111">
       <c r="B795" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I795" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="796" spans="1:111">
       <c r="B796" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I796" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="797" spans="1:111">
       <c r="B797" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I797" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="798" spans="1:111">
       <c r="B798" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I798" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="799" spans="1:111">
       <c r="B799" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I799" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="800" spans="1:111">
       <c r="B800" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I800" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="801" spans="1:111">
       <c r="B801" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I801" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="802" spans="1:111">
       <c r="B802" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I802" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="803" spans="1:111">
       <c r="B803" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I803" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="804" spans="1:111">
       <c r="B804" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I804" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="805" spans="1:111">
       <c r="B805" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I805" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="806" spans="1:111">
       <c r="B806" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I806" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="807" spans="1:111">
       <c r="B807" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I807" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="808" spans="1:111">
       <c r="B808" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I808" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="809" spans="1:111">
       <c r="B809" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I809" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="810" spans="1:111">
       <c r="B810" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I810" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="811" spans="1:111">
       <c r="B811" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I811" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="812" spans="1:111">
       <c r="B812" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I812" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="813" spans="1:111">
       <c r="B813" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I813" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="814" spans="1:111">
       <c r="B814" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I814" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="815" spans="1:111">
       <c r="B815" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I815" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="816" spans="1:111">
       <c r="B816" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I816" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="817" spans="1:111">
       <c r="B817" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I817" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="818" spans="1:111">
       <c r="B818" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I818" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="819" spans="1:111">
       <c r="B819" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I819" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="820" spans="1:111">
       <c r="B820" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I820" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="821" spans="1:111">
       <c r="B821" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I821" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="822" spans="1:111">
       <c r="B822" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I822" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="823" spans="1:111">
       <c r="B823" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I823" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="824" spans="1:111">
       <c r="B824" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I824" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="825" spans="1:111">
       <c r="B825" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I825" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="826" spans="1:111">
       <c r="B826" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I826" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="827" spans="1:111">
       <c r="B827" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I827" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="828" spans="1:111">
       <c r="B828" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I828" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="829" spans="1:111">
       <c r="B829" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I829" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="830" spans="1:111">
       <c r="B830" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I830" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="831" spans="1:111">
       <c r="B831" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I831" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="832" spans="1:111">
       <c r="B832" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I832" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="833" spans="1:111">
       <c r="B833" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I833" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="834" spans="1:111">
       <c r="B834" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I834" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="835" spans="1:111">
       <c r="B835" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I835" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="836" spans="1:111">
       <c r="B836" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I836" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="837" spans="1:111">
       <c r="B837" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I837" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="838" spans="1:111">
       <c r="B838" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I838" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="839" spans="1:111">
       <c r="B839" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I839" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="840" spans="1:111">
       <c r="B840" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I840" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="841" spans="1:111">
       <c r="B841" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I841" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="842" spans="1:111">
       <c r="B842" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I842" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="843" spans="1:111">
       <c r="B843" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I843" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="844" spans="1:111">
       <c r="B844" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I844" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="845" spans="1:111">
       <c r="B845" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I845" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="846" spans="1:111">
       <c r="B846" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I846" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="847" spans="1:111">
       <c r="B847" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I847" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="848" spans="1:111">
       <c r="B848" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I848" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="849" spans="1:111">
       <c r="B849" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I849" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="850" spans="1:111">
       <c r="B850" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I850" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="851" spans="1:111">
       <c r="B851" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I851" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="852" spans="1:111">
       <c r="B852" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I852" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="853" spans="1:111">
       <c r="B853" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I853" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="854" spans="1:111">
       <c r="B854" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I854" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="855" spans="1:111">
       <c r="B855" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I855" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="856" spans="1:111">
       <c r="B856" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I856" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="857" spans="1:111">
       <c r="B857" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I857" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="858" spans="1:111">
       <c r="B858" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I858" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="859" spans="1:111">
       <c r="B859" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I859" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="860" spans="1:111">
       <c r="B860" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I860" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="861" spans="1:111">
       <c r="B861" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I861" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="862" spans="1:111">
       <c r="B862" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I862" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="863" spans="1:111">
       <c r="B863" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I863" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="864" spans="1:111">
       <c r="B864" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I864" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="865" spans="1:111">
       <c r="B865" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I865" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="866" spans="1:111">
       <c r="B866" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I866" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="867" spans="1:111">
       <c r="B867" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I867" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="868" spans="1:111">
       <c r="B868" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I868" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="869" spans="1:111">
       <c r="B869" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I869" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="870" spans="1:111">
       <c r="B870" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I870" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="871" spans="1:111">
       <c r="B871" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I871" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="872" spans="1:111">
       <c r="B872" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I872" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="873" spans="1:111">
       <c r="B873" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I873" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="874" spans="1:111">
       <c r="B874" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I874" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="875" spans="1:111">
       <c r="B875" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I875" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="876" spans="1:111">
       <c r="B876" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I876" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="877" spans="1:111">
       <c r="B877" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I877" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="878" spans="1:111">
       <c r="B878" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I878" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="879" spans="1:111">
       <c r="B879" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I879" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="880" spans="1:111">
       <c r="B880" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I880" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="881" spans="1:111">
       <c r="B881" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I881" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="882" spans="1:111">
       <c r="B882" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I882" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="883" spans="1:111">
       <c r="B883" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I883" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="884" spans="1:111">
       <c r="B884" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I884" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="885" spans="1:111">
       <c r="B885" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I885" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="886" spans="1:111">
       <c r="B886" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I886" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="887" spans="1:111">
       <c r="B887" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I887" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="888" spans="1:111">
       <c r="B888" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I888" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="889" spans="1:111">
       <c r="B889" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I889" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="890" spans="1:111">
       <c r="B890" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I890" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="891" spans="1:111">
       <c r="B891" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I891" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="892" spans="1:111">
       <c r="B892" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I892" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="893" spans="1:111">
       <c r="B893" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I893" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="894" spans="1:111">
       <c r="B894" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I894" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="895" spans="1:111">
       <c r="B895" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I895" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="896" spans="1:111">
       <c r="B896" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I896" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="897" spans="1:111">
       <c r="B897" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I897" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="898" spans="1:111">
       <c r="B898" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I898" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="899" spans="1:111">
       <c r="B899" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I899" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="900" spans="1:111">
       <c r="B900" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I900" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="901" spans="1:111">
       <c r="B901" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I901" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="902" spans="1:111">
       <c r="B902" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I902" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="903" spans="1:111">
       <c r="B903" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I903" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="904" spans="1:111">
       <c r="B904" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I904" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="905" spans="1:111">
       <c r="B905" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I905" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="906" spans="1:111">
       <c r="B906" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I906" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="907" spans="1:111">
       <c r="B907" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I907" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="908" spans="1:111">
       <c r="B908" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I908" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="909" spans="1:111">
       <c r="B909" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I909" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="910" spans="1:111">
       <c r="B910" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I910" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="911" spans="1:111">
       <c r="B911" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I911" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="912" spans="1:111">
       <c r="B912" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I912" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="913" spans="1:111">
       <c r="B913" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I913" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="914" spans="1:111">
       <c r="B914" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I914" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="915" spans="1:111">
       <c r="B915" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I915" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="916" spans="1:111">
       <c r="B916" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I916" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="917" spans="1:111">
       <c r="B917" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I917" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="918" spans="1:111">
       <c r="B918" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I918" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="919" spans="1:111">
       <c r="B919" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I919" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="920" spans="1:111">
       <c r="B920" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I920" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="921" spans="1:111">
       <c r="B921" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I921" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="922" spans="1:111">
       <c r="B922" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I922" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="923" spans="1:111">
       <c r="B923" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I923" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="924" spans="1:111">
       <c r="B924" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I924" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="925" spans="1:111">
       <c r="B925" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I925" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="926" spans="1:111">
       <c r="B926" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I926" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="927" spans="1:111">
       <c r="B927" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I927" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="928" spans="1:111">
       <c r="B928" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I928" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="929" spans="1:111">
       <c r="B929" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I929" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="930" spans="1:111">
       <c r="B930" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I930" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="931" spans="1:111">
       <c r="B931" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I931" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="932" spans="1:111">
       <c r="B932" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I932" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="933" spans="1:111">
       <c r="B933" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I933" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="934" spans="1:111">
       <c r="B934" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I934" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="935" spans="1:111">
       <c r="B935" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I935" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="936" spans="1:111">
       <c r="B936" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I936" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="937" spans="1:111">
       <c r="B937" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I937" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="938" spans="1:111">
       <c r="B938" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I938" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="939" spans="1:111">
       <c r="B939" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I939" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="940" spans="1:111">
       <c r="B940" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I940" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="941" spans="1:111">
       <c r="B941" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I941" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="942" spans="1:111">
       <c r="B942" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I942" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="943" spans="1:111">
       <c r="B943" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I943" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="944" spans="1:111">
       <c r="B944" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I944" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="945" spans="1:111">
       <c r="B945" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I945" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="946" spans="1:111">
       <c r="B946" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I946" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="947" spans="1:111">
       <c r="B947" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I947" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="948" spans="1:111">
       <c r="B948" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I948" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="949" spans="1:111">
       <c r="B949" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I949" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="950" spans="1:111">
       <c r="B950" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I950" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="951" spans="1:111">
       <c r="B951" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I951" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="952" spans="1:111">
       <c r="B952" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I952" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="953" spans="1:111">
       <c r="B953" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I953" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="954" spans="1:111">
       <c r="B954" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I954" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="955" spans="1:111">
       <c r="B955" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I955" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="956" spans="1:111">
       <c r="B956" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I956" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="957" spans="1:111">
       <c r="B957" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I957" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="958" spans="1:111">
       <c r="B958" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I958" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="959" spans="1:111">
       <c r="B959" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I959" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="960" spans="1:111">
       <c r="B960" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I960" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="961" spans="1:111">
       <c r="B961" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I961" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="962" spans="1:111">
       <c r="B962" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I962" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="963" spans="1:111">
       <c r="B963" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I963" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="964" spans="1:111">
       <c r="B964" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I964" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="965" spans="1:111">
       <c r="B965" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I965" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="966" spans="1:111">
       <c r="B966" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I966" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="967" spans="1:111">
       <c r="B967" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I967" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="968" spans="1:111">
       <c r="B968" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I968" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="969" spans="1:111">
       <c r="B969" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I969" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="970" spans="1:111">
       <c r="B970" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I970" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="971" spans="1:111">
       <c r="B971" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I971" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="972" spans="1:111">
       <c r="B972" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I972" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="973" spans="1:111">
       <c r="B973" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I973" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="974" spans="1:111">
       <c r="B974" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I974" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="975" spans="1:111">
       <c r="B975" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I975" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="976" spans="1:111">
       <c r="B976" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I976" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="977" spans="1:111">
       <c r="B977" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I977" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="978" spans="1:111">
       <c r="B978" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I978" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="979" spans="1:111">
       <c r="B979" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I979" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="980" spans="1:111">
       <c r="B980" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I980" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="981" spans="1:111">
       <c r="B981" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I981" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="982" spans="1:111">
       <c r="B982" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I982" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="983" spans="1:111">
       <c r="B983" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I983" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="984" spans="1:111">
       <c r="B984" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I984" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="985" spans="1:111">
       <c r="B985" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I985" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="986" spans="1:111">
       <c r="B986" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I986" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="987" spans="1:111">
       <c r="B987" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I987" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="988" spans="1:111">
       <c r="B988" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I988" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="989" spans="1:111">
       <c r="B989" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I989" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="990" spans="1:111">
       <c r="B990" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I990" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="991" spans="1:111">
       <c r="B991" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I991" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="992" spans="1:111">
       <c r="B992" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I992" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="993" spans="1:111">
       <c r="B993" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I993" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="994" spans="1:111">
       <c r="B994" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I994" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="995" spans="1:111">
       <c r="B995" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I995" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="996" spans="1:111">
       <c r="B996" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I996" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="997" spans="1:111">
       <c r="B997" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I997" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="998" spans="1:111">
       <c r="B998" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I998" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="999" spans="1:111">
       <c r="B999" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I999" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1000" spans="1:111">
       <c r="B1000" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I1000" t="s">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="7">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="B5:B1000">
       <formula1>'Worksheet'!$DA$1:$DA$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DB$1:$DB$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DC$1:$DC$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DD$1:$DD$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
       <formula1>'Worksheet'!$DE$1:$DE$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">